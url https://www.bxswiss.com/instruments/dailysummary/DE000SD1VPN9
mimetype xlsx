--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b30abd10f94178" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342c07228a484b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b11e3cc209e4cdf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R927452b2ecd44b13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17341333296745f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b11e3cc209e4cdf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcfe4b322f3470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R927452b2ecd44b13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,620</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,622</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,582</x:t>
-[...11 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,606</x:t>
-[...512 lines deleted...]
-          <x:t>0,573</x:t>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,566</x:t>
-[...11 lines deleted...]
-          <x:t>0,562</x:t>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>0,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>