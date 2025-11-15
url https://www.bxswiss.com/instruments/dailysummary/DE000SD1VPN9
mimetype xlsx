--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R342c07228a484b60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc3e7f82f2b345e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R927452b2ecd44b13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74196acc30854b2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcfe4b322f3470d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R927452b2ecd44b13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c3685489a442e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74196acc30854b2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,678</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,537</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,548</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,571</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...242 lines deleted...]
-          <x:t>0,563</x:t>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>