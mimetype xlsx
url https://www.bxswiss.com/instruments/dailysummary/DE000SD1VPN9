--- v2 (2025-11-15)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc3e7f82f2b345e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ab7708bf9e487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R74196acc30854b2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0456e5a5bed43ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c3685489a442e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R74196acc30854b2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f88bee9a384935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0456e5a5bed43ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,533</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>