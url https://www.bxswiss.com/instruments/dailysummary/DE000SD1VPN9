--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70ab7708bf9e487b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R588843fe64b44eae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0456e5a5bed43ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77819f41ed014351"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0f88bee9a384935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0456e5a5bed43ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32103648ca924373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77819f41ed014351" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,361</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>