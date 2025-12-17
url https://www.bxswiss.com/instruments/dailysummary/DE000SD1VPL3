--- v0 (2025-10-25)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d47573fa194351" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5292dea247c34538" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a936df3775f4126"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5470d14883304880"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re04611fdbd084444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a936df3775f4126" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ebfda9265f4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5470d14883304880" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>6,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>