--- v1 (2025-12-17)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5292dea247c34538" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ed35c938524d83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5470d14883304880"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e44270637a4ead"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69ebfda9265f4a91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5470d14883304880" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b98bbce887446dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e44270637a4ead" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>6,305</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,190</x:t>
-[...345 lines deleted...]
-          <x:t>6,360</x:t>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,265</x:t>
-[...188 lines deleted...]
-          <x:t>6,405</x:t>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>