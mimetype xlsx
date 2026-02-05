--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7ed35c938524d83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd864a11db33a48e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e44270637a4ead"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4244a2e8683f4773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b98bbce887446dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e44270637a4ead" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f22a1c28c241e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4244a2e8683f4773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>6,685</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,590</x:t>
-[...409 lines deleted...]
-          <x:t>7,745</x:t>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>