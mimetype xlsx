--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd864a11db33a48e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aacdecdfcb547fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4244a2e8683f4773"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a844dac56f84a39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80f22a1c28c241e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4244a2e8683f4773" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fcd54b5c7024050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a844dac56f84a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>