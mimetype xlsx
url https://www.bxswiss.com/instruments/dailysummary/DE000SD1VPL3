--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1aacdecdfcb547fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b5730669e846f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a844dac56f84a39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbad8648104574f3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fcd54b5c7024050" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a844dac56f84a39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd0d50eaf9a645f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbad8648104574f3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>6,065</x:t>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,970</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>5,845</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>6,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,675</x:t>
-[...43 lines deleted...]
-          <x:t>5,645</x:t>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,495</x:t>
-[...60 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,575</x:t>
-[...26 lines deleted...]
-          <x:t>5,485</x:t>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,295</x:t>
-[...53 lines deleted...]
-          <x:t>4,590</x:t>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>