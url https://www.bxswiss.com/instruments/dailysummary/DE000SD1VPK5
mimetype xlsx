--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53bf67356ac0443c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R795064a127ed454d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra133aef8feae4446"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2092756d414f97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree3226275dc848a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra133aef8feae4446" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R184cb5cf673848d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2092756d414f97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,325</x:t>
-[...156 lines deleted...]
-          <x:t>1,200</x:t>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...4 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>