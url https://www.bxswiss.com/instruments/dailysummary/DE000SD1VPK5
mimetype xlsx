--- v1 (2026-01-08)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R795064a127ed454d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e53aebb4ea4a20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f2092756d414f97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R433883c589a140ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R184cb5cf673848d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f2092756d414f97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R189b82c51f604089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R433883c589a140ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
-[...38 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,380</x:t>
-[...48 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>1,680</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>