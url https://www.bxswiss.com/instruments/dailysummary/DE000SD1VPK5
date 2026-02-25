--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e53aebb4ea4a20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56865fc773404208" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R433883c589a140ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbcc6c2d35d3486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R189b82c51f604089" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R433883c589a140ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877be9c7cb1948fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbcc6c2d35d3486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>1,695</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,635</x:t>
-[...48 lines deleted...]
-          <x:t>1,625</x:t>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,610</x:t>
-[...87 lines deleted...]
-          <x:t>16.01.2026</x:t>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>