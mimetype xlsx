--- v3 (2026-02-25)
+++ v4 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56865fc773404208" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56b3163331d14493" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbcc6c2d35d3486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9adb6e32305446e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877be9c7cb1948fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbcc6c2d35d3486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d231ff3be874c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9adb6e32305446e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPK5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,115</x:t>
-[...70 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,150</x:t>
-[...16 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...16 lines deleted...]
-          <x:t>1,105</x:t>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,030</x:t>
-[...141 lines deleted...]
-          <x:t>23.02.2026</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,949</x:t>
-[...4 lines deleted...]
-          <x:t>0,860</x:t>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.02.2026</x:t>
-[...19 lines deleted...]
-          <x:t>0,754</x:t>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>