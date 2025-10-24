--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ee9156144a4f45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc226e34e7f4d471e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb3cdab304b4bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d3ba89f5174d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red297336274a47d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb3cdab304b4bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ad0daa854e439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d3ba89f5174d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,365</x:t>
-[...124 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,388</x:t>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,374</x:t>
-[...485 lines deleted...]
-          <x:t>0,367</x:t>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>