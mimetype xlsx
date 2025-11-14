--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc226e34e7f4d471e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2862cbd71e4ac0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d3ba89f5174d05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99f32acb16074df0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1ad0daa854e439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d3ba89f5174d05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a20543d895a490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99f32acb16074df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,382</x:t>
-[...124 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>0,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,344</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...84 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,148</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,079</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>