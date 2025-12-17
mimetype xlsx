--- v2 (2025-11-14)
+++ v3 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a2862cbd71e4ac0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c05f4a10134ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99f32acb16074df0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74ef5a312384ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a20543d895a490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99f32acb16074df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc80b57a42894102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74ef5a312384ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>0,075</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,079</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>17.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,083</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,082</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,081</x:t>
-[...11 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,083</x:t>
-[...43 lines deleted...]
-          <x:t>0,100</x:t>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,100</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>0,107</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,117</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,106</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,116</x:t>
-[...124 lines deleted...]
-          <x:t>0,110</x:t>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,102</x:t>
-        </x:is>
-[...165 lines deleted...]
-          <x:t>0,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>