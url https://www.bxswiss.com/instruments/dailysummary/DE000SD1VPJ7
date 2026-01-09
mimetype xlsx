--- v3 (2025-12-17)
+++ v4 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11c05f4a10134ce5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61c1cb1056143c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb74ef5a312384ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2543e6ec9f435f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc80b57a42894102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb74ef5a312384ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10b02ac6e504c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2543e6ec9f435f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,094</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,097</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>18.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,101</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,102</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,100</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,099</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>0,091</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,088</x:t>
-[...301 lines deleted...]
-          <x:t>0,102</x:t>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>