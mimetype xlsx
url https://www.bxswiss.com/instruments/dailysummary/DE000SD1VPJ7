--- v4 (2026-01-09)
+++ v5 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf61c1cb1056143c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff491b13c4744bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf2543e6ec9f435f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0067d487244c53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10b02ac6e504c74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf2543e6ec9f435f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15eae79a957147e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0067d487244c53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,109</x:t>
-[...116 lines deleted...]
-        <x:is>
           <x:t>0,107</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,094</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,084</x:t>
-        </x:is>
-[...246 lines deleted...]
-          <x:t>0,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>