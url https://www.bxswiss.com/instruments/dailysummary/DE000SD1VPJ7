--- v5 (2026-02-05)
+++ v6 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff491b13c4744bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc32943b2ed42ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd0067d487244c53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b11117a13bb4b50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15eae79a957147e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd0067d487244c53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e61d912630f4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b11117a13bb4b50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,094</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,117</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>0,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,113</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>0,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>