--- v6 (2026-02-25)
+++ v7 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dc32943b2ed42ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9037362e30bc47d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b11117a13bb4b50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d089d1cd050408d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e61d912630f4e69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b11117a13bb4b50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fcc2103336d496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d089d1cd050408d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Short on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>0,087</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...117 lines deleted...]
-          <x:t>0,077</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,070</x:t>
-[...21 lines deleted...]
-          <x:t>0,066</x:t>
+          <x:t>0,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,068</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,074</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,063</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>19.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,069</x:t>
-[...4 lines deleted...]
-          <x:t>0,048</x:t>
+          <x:t>0,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,054</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>23.02.2026</x:t>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,062</x:t>
+          <x:t>0,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,054</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>0,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>