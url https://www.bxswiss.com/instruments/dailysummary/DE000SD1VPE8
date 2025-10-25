--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c902aef48394102" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3fe2b26adf04832" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff24981b50ec4b0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90f5e28b837481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1392802b95364028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff24981b50ec4b0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193e364fe86249f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90f5e28b837481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,569</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,606</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...310 lines deleted...]
-          <x:t>19.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,654</x:t>
-[...279 lines deleted...]
-          <x:t>0,634</x:t>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>