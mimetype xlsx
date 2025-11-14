--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3fe2b26adf04832" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea8810db1b04cd0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd90f5e28b837481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17632c0099ba4a97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R193e364fe86249f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd90f5e28b837481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e1db7229474075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17632c0099ba4a97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,657</x:t>
-[...53 lines deleted...]
-          <x:t>0,689</x:t>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,656</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...531 lines deleted...]
-          <x:t>0,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,620</x:t>
-[...26 lines deleted...]
-          <x:t>0,603</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>