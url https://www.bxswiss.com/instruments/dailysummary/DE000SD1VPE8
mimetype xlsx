--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea8810db1b04cd0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c875cba0e384609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17632c0099ba4a97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R125ddd3cb9d84b0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43e1db7229474075" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17632c0099ba4a97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb709f58c8362436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R125ddd3cb9d84b0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...117 lines deleted...]
-          <x:t>0,679</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,626</x:t>
-[...33 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,617</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>0,577</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,582</x:t>
-[...259 lines deleted...]
-          <x:t>0,554</x:t>
+          <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,581</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>