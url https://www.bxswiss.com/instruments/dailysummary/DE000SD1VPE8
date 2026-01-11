--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c875cba0e384609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc85a176f50224bec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R125ddd3cb9d84b0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32727244c5ef4f13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb709f58c8362436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R125ddd3cb9d84b0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a9d2491baf4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32727244c5ef4f13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>