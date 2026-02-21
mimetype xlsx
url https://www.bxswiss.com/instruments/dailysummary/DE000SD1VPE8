--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc85a176f50224bec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46746c0ad9eb40ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32727244c5ef4f13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6313ef2d07b4f06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a9d2491baf4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32727244c5ef4f13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009a8788937849b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6313ef2d07b4f06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,342</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,335</x:t>
-[...232 lines deleted...]
-          <x:t>0,317</x:t>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,312</x:t>
-[...58 lines deleted...]
-          <x:t>0,332</x:t>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>