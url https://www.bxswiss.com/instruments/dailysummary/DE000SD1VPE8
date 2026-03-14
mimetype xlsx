--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46746c0ad9eb40ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re40c44af949a43a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6313ef2d07b4f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb77e1ab14d1b4335"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009a8788937849b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6313ef2d07b4f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb376ede4a22843dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb77e1ab14d1b4335" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VPE8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,313</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,307</x:t>
-[...33 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,285</x:t>
-[...4 lines deleted...]
-          <x:t>0,261</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,270</x:t>
-        </x:is>
-[...565 lines deleted...]
-          <x:t>0,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>