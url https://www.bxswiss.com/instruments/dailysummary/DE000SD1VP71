--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d382dcc68b04f87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8b4e64f2d547b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a4e606fea24c6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28077eb8f374420c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re00900e1f8434961" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a4e606fea24c6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd98ce918307d41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28077eb8f374420c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,478</x:t>
-[...11 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,486</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...445 lines deleted...]
-          <x:t>26.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,487</x:t>
-[...144 lines deleted...]
-          <x:t>0,509</x:t>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>