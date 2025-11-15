--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f8b4e64f2d547b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d5ccf3f153465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28077eb8f374420c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45fd70e693f34ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd98ce918307d41aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28077eb8f374420c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29cd99e530547ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45fd70e693f34ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,484</x:t>
-[...16 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,500</x:t>
-[...603 lines deleted...]
-          <x:t>0,501</x:t>
+          <x:t>0,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>