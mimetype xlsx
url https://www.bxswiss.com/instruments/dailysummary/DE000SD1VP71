--- v2 (2025-11-15)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8d5ccf3f153465e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39af28bdd5314556" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45fd70e693f34ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6f74ebe9cba402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29cd99e530547ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45fd70e693f34ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a173455442483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6f74ebe9cba402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>0,504</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>