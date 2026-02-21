--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39af28bdd5314556" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58f9f084b67f423c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6f74ebe9cba402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4981c258dc31425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a173455442483f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6f74ebe9cba402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b224b8c2d0044a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4981c258dc31425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Air Liquide</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP71</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,644</x:t>
-[...441 lines deleted...]
-          <x:t>0,724</x:t>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>