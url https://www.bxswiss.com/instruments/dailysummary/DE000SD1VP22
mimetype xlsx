--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0560cb4dc1a4195" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde7fdddcb04c4abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3299758f6bb0451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb6288cf00f4808"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b076f5974894b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3299758f6bb0451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b16e35dadf34842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb6288cf00f4808" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,305</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,305</x:t>
-[...21 lines deleted...]
-          <x:t>1,365</x:t>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
-        </x:is>
-[...472 lines deleted...]
-          <x:t>1,255</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>