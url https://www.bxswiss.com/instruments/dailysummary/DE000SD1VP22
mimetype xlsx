--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde7fdddcb04c4abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d7760293df8418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb6288cf00f4808"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4b33d29d9f452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b16e35dadf34842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb6288cf00f4808" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3afcb8bb3e8b4295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4b33d29d9f452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,335</x:t>
-[...6 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,295</x:t>
-[...114 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,275</x:t>
-[...247 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
-        </x:is>
-[...160 lines deleted...]
-          <x:t>1,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>