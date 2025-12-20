--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d7760293df8418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5b89b379b34b56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4b33d29d9f452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5d48bb436734d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3afcb8bb3e8b4295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4b33d29d9f452d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd544df3787014aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5d48bb436734d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...286 lines deleted...]
-          <x:t>1,245</x:t>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,185</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>1,225</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>