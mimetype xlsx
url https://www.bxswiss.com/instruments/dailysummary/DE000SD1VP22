--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc5b89b379b34b56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bce7ac9858540ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5d48bb436734d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62d7eb35e5c41d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd544df3787014aca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5d48bb436734d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729d48b29e5a4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62d7eb35e5c41d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>1,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>1,255</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,215</x:t>
-[...485 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>