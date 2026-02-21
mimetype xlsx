--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bce7ac9858540ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c487a241644ae3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd62d7eb35e5c41d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c7152e0fee41a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729d48b29e5a4e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd62d7eb35e5c41d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428f5fc5476a401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c7152e0fee41a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>