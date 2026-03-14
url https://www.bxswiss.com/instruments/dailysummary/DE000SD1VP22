--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02c487a241644ae3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe540f4495e4bac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79c7152e0fee41a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c65db2a0bfe4429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428f5fc5476a401c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79c7152e0fee41a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e2c8b7b016f4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c65db2a0bfe4429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VP22</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>