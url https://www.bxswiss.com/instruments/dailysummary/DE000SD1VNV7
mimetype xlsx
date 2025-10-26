--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd63c0235630840a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re524a572576e4e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6de3da19e0c44d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d1782e070c4a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R602a260134c1405e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6de3da19e0c44d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715db8c471694f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d1782e070c4a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>75,560</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,590</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>72,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,075</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>75,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,610</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>