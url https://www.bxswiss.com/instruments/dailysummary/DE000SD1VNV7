--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re524a572576e4e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573760a34bc241d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5d1782e070c4a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb704164c38d4bb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R715db8c471694f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5d1782e070c4a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5eaedf5078f4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb704164c38d4bb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>82,105</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>77,670</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>