--- v2 (2025-11-16)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R573760a34bc241d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4224be423fa4dc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb704164c38d4bb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b660cd0bc34d77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5eaedf5078f4e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb704164c38d4bb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re333c2c07cc7404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b660cd0bc34d77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...593 lines deleted...]
-          <x:t>14.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,860</x:t>
-[...9 lines deleted...]
-          <x:t>79,195</x:t>
+          <x:t>84,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>