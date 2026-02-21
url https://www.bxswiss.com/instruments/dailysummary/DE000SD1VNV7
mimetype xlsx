--- v3 (2026-01-08)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4224be423fa4dc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1be84c92e7d416e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b660cd0bc34d77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd865b559e6b24f83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re333c2c07cc7404c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b660cd0bc34d77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c4efa687bb4959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd865b559e6b24f83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,850</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>