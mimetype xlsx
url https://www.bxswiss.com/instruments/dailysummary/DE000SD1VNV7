--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1be84c92e7d416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0a801e555f0451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd865b559e6b24f83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95012c904aad4e11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55c4efa687bb4959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd865b559e6b24f83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c997408bce7408c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95012c904aad4e11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,475</x:t>
-[...102 lines deleted...]
-          <x:t>69,440</x:t>
+          <x:t>62,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,465</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>65,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,700</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>