--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70d1400302f54f8c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52140ba9bb224dcf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb65c73d25f3941b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e20a95bc55d462f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refe9ebe88b2f4ae8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb65c73d25f3941b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2193d5b5ddf94f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e20a95bc55d462f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,605</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,170</x:t>
-[...458 lines deleted...]
-          <x:t>4,535</x:t>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,095</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,465</x:t>
-        </x:is>
-[...143 lines deleted...]
-          <x:t>5,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>