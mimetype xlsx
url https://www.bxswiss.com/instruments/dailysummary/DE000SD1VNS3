--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52140ba9bb224dcf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785190aa101045bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e20a95bc55d462f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R778ab5560bc5410b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2193d5b5ddf94f0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e20a95bc55d462f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7681d0c03d84665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R778ab5560bc5410b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,465</x:t>
-[...323 lines deleted...]
-          <x:t>5,535</x:t>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,965</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>5,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>