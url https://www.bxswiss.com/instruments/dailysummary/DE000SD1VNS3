--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R785190aa101045bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7d49e8be6714494" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R778ab5560bc5410b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeec3521d1ce4e83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7681d0c03d84665" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R778ab5560bc5410b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8780879d3c41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeec3521d1ce4e83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>4,815</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,630</x:t>
-[...31 lines deleted...]
-          <x:t>4,615</x:t>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>