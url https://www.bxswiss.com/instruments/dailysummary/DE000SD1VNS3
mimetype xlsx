--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7d49e8be6714494" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd06c31f4e92744b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reeec3521d1ce4e83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refa56804091b484f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab8780879d3c41e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reeec3521d1ce4e83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39cb376774fd44f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refa56804091b484f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNS3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>