--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re20137bfd4f84c5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R043c57f696a14aed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd630f46da1894bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdab93a114e9c4a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff9a1a6504c14c92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd630f46da1894bde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reab9b27352ec4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdab93a114e9c4a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>31,780</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...604 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>