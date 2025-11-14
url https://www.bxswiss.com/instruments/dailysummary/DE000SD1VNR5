--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R043c57f696a14aed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7b5f0eb4ed4caf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdab93a114e9c4a6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402f812a27714a84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reab9b27352ec4dfb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdab93a114e9c4a6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R501b8ffd05be4fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402f812a27714a84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>33,235</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,760</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...381 lines deleted...]
-          <x:t>24.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>34,155</x:t>
-[...9 lines deleted...]
-          <x:t>33,400</x:t>
+          <x:t>36,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>