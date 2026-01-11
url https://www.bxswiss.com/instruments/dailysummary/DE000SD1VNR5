--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca7b5f0eb4ed4caf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb92f2406dd49ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R402f812a27714a84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff3b89993933454c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R501b8ffd05be4fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R402f812a27714a84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e7c3e343b94633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff3b89993933454c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>33,690</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>