--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cb92f2406dd49ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e8a2a2781064283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff3b89993933454c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5edb14dcd8145fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30e7c3e343b94633" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff3b89993933454c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea87be483af943b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5edb14dcd8145fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>31,895</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>