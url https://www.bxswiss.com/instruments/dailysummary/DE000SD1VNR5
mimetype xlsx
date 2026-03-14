--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e8a2a2781064283" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R227e2f0aa2db453c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5edb14dcd8145fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bc0e9be7fea427a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea87be483af943b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5edb14dcd8145fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4da1b44375c4d67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bc0e9be7fea427a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNR5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,910</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>