--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3f145e006d243b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recec46e8ee3b43b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c21d9acc2c43bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b49969b26744c07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2cbba5d7f21140d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c21d9acc2c43bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5d1c3134084267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b49969b26744c07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>0,252</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,265</x:t>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,262</x:t>
-[...70 lines deleted...]
-          <x:t>0,263</x:t>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>25.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,241</x:t>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,211</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>0,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,208</x:t>
-[...139 lines deleted...]
-          <x:t>0,232</x:t>
+          <x:t>0,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>