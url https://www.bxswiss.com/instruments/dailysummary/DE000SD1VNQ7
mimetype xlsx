--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recec46e8ee3b43b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c685cb12c24c12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b49969b26744c07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6796aeee374643aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f5d1c3134084267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b49969b26744c07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd54f05640e4a45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6796aeee374643aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,255</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,243</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>