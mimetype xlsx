--- v2 (2025-11-15)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96c685cb12c24c12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d930fba93934773" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6796aeee374643aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef8e7a7f7284ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd54f05640e4a45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6796aeee374643aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce1ca08ef10b4619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef8e7a7f7284ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,217</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,227</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,214</x:t>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,227</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,237</x:t>
-        </x:is>
-[...430 lines deleted...]
-          <x:t>0,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>