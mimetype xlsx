--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d930fba93934773" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bdf1c256d044d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ef8e7a7f7284ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fa453a85ac64128"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce1ca08ef10b4619" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ef8e7a7f7284ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R386ef71cd5e449e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fa453a85ac64128" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNQ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,271</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>0,276</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,267</x:t>
-[...60 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,240</x:t>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,216</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>0,237</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>