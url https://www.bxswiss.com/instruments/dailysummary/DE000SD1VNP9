--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fe9ef0d49494bd4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red76e3514f2942b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46635f941a4b45c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea7e1e30cda142c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5576782a3eb14c99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46635f941a4b45c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7460921c5ebf446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea7e1e30cda142c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,635</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,585</x:t>
-[...393 lines deleted...]
-        <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>