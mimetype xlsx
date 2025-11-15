--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red76e3514f2942b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b515ba5dcca467a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea7e1e30cda142c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad7cf7af7f5f4739"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7460921c5ebf446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea7e1e30cda142c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbc1f105b904103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad7cf7af7f5f4739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,545</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,505</x:t>
-[...6 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>1,095</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...478 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>