--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b515ba5dcca467a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb98366d5d444720" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad7cf7af7f5f4739"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f88cebeac0a4b02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbc1f105b904103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad7cf7af7f5f4739" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fd0852e1d154768" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f88cebeac0a4b02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...630 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,814</x:t>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>