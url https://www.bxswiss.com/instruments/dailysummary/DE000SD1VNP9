--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb98366d5d444720" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b5e234d4244c36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f88cebeac0a4b02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R797dfd7f1e8a42e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fd0852e1d154768" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f88cebeac0a4b02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004ec9092e6b4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R797dfd7f1e8a42e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>25.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>27.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,782</x:t>
-[...31 lines deleted...]
-          <x:t>0,737</x:t>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,808</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>0,762</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,838</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,915</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...19 lines deleted...]
-          <x:t>0,847</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>