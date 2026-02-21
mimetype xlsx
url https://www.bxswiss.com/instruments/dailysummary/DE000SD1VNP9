--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0b5e234d4244c36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4e2c0a86084a4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R797dfd7f1e8a42e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re68ca09888d845ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004ec9092e6b4eaf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R797dfd7f1e8a42e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9e56783b134e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re68ca09888d845ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>0,743</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>0,932</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>