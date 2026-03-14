--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba4e2c0a86084a4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b674d2bc364b55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re68ca09888d845ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1712734cf0034345"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf9e56783b134e82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re68ca09888d845ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf560ae22cabf4726" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1712734cf0034345" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>