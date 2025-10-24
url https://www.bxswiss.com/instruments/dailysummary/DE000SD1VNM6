--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f2877a2e34340cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66cdce315d7479a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R119c7d49df6c4847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698a8db74e1741bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c7017d3edf84973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R119c7d49df6c4847" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R923e5663462940b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698a8db74e1741bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,356</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,362</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,362</x:t>
-[...16 lines deleted...]
-          <x:t>0,438</x:t>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,418</x:t>
-[...11 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,507</x:t>
-[...522 lines deleted...]
-          <x:t>0,417</x:t>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>