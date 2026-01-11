--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc66cdce315d7479a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ac4e55be1eb4f7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R698a8db74e1741bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf056cf23e0046ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R923e5663462940b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R698a8db74e1741bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6961a1cbf0f84ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf056cf23e0046ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,439</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,509</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,532</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>0,463</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,514</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,526</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,519</x:t>
-[...16 lines deleted...]
-          <x:t>0,621</x:t>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,626</x:t>
-[...26 lines deleted...]
-          <x:t>0,649</x:t>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>