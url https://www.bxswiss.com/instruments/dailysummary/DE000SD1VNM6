--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ac4e55be1eb4f7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe064f9c3214117" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf056cf23e0046ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ef31f086a146c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6961a1cbf0f84ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf056cf23e0046ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff41a68d6cb404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ef31f086a146c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,550</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,574</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,559</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,552</x:t>
-[...97 lines deleted...]
-          <x:t>0,596</x:t>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,542</x:t>
-[...112 lines deleted...]
-          <x:t>0,757</x:t>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>