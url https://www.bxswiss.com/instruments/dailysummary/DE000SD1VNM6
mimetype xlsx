--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbe064f9c3214117" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e38397cea2846b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92ef31f086a146c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e9ca52c74b40de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff41a68d6cb404e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92ef31f086a146c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44a9326ce71643a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e9ca52c74b40de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,657</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,610</x:t>
-[...161 lines deleted...]
-          <x:t>0,612</x:t>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,622</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,636</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>0,639</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>