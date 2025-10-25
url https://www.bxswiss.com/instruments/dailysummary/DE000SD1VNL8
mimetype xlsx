--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0998236c2a1c4ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbdb76878a04f33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8399eaf92db4d1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a352a8626c495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c1345d38de4b71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8399eaf92db4d1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d0611b9a16d4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a352a8626c495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,000</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,005</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>05.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>3,615</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>3,890</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,845</x:t>
-[...517 lines deleted...]
-          <x:t>3,660</x:t>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>