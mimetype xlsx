--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbdb76878a04f33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775fc653e2574e87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5a352a8626c495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2dcf639f58a4a51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d0611b9a16d4fe1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5a352a8626c495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf1d002f28e4489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2dcf639f58a4a51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>3,765</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,705</x:t>
-[...70 lines deleted...]
-          <x:t>3,995</x:t>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,805</x:t>
-[...178 lines deleted...]
-          <x:t>4,275</x:t>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>4,240</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>4,930</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>