--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R775fc653e2574e87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9b019226824b2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2dcf639f58a4a51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re420db5c03354966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf1d002f28e4489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2dcf639f58a4a51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5dc9c1fd46c47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re420db5c03354966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,975</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>