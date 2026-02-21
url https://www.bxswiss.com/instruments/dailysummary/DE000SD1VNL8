--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9b019226824b2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05df5e6657eb4b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re420db5c03354966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf385fb84b23546dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5dc9c1fd46c47dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re420db5c03354966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f2227ae48ca4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf385fb84b23546dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...296 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>4,460</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,140</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>5,590</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>