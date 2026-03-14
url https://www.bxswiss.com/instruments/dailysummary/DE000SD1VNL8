--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05df5e6657eb4b0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raab562b36f6e40e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf385fb84b23546dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re54d1188716948e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f2227ae48ca4fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf385fb84b23546dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b6f006ad0be42fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re54d1188716948e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SGS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,420</x:t>
-[...43 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,435</x:t>
-[...26 lines deleted...]
-          <x:t>5,350</x:t>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>5,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,155</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>4,895</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,215</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...215 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,255</x:t>
-[...144 lines deleted...]
-          <x:t>5,110</x:t>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>