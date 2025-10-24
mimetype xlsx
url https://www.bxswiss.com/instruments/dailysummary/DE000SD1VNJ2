--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f02ec3c091c4c20" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85be207382ad4536" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049eea9bac0245dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3debf9b4f2ac4ce7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2d22abfd41426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049eea9bac0245dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba16947c087b42e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3debf9b4f2ac4ce7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schindler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,025</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>04.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,545</x:t>
-[...549 lines deleted...]
-          <x:t>11,390</x:t>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>