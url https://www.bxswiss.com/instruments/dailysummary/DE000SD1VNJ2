--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85be207382ad4536" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb155a22b3cb74087" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3debf9b4f2ac4ce7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5adf4790fa494dc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba16947c087b42e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3debf9b4f2ac4ce7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae11ab3fb45a45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5adf4790fa494dc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schindler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>10,910</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,070</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>11,640</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...337 lines deleted...]
-          <x:t>10,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,545</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>11,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>