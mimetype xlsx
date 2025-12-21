--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb155a22b3cb74087" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e71875759a4c01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5adf4790fa494dc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b80ffbd94d544e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae11ab3fb45a45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5adf4790fa494dc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8025dbd469c64ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b80ffbd94d544e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schindler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...301 lines deleted...]
-          <x:t>9,510</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,300</x:t>
-[...328 lines deleted...]
-          <x:t>8,880</x:t>
+          <x:t>9,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>