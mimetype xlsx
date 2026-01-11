--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34e71875759a4c01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a5ccbedb3f426c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b80ffbd94d544e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb67052df5afd4b80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8025dbd469c64ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b80ffbd94d544e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f0079299a446af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb67052df5afd4b80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schindler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,519 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,125</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>10,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,805</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>