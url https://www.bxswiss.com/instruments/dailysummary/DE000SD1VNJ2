--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39a5ccbedb3f426c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4af265dfc243a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb67052df5afd4b80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e0e0cbb90464c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27f0079299a446af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb67052df5afd4b80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3639a895330048b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e0e0cbb90464c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schindler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,090</x:t>
-[...414 lines deleted...]
-          <x:t>11,550</x:t>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>