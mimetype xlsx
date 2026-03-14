--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e4af265dfc243a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb96781de54694dc1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e0e0cbb90464c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4ac96879ef7421b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3639a895330048b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e0e0cbb90464c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R716c5d6bbde64d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4ac96879ef7421b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Schindler</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,451 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>11,510</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,600</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>