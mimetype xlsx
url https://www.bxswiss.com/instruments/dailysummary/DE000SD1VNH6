--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb602939a33054e10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0433c200661b49a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8dae5e5a30924bbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf668db49e3f14347"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f8ccd3b02574080" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8dae5e5a30924bbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c9beb1aafa34f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf668db49e3f14347" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>15,785</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>