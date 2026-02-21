--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0433c200661b49a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a09a916ef3434f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf668db49e3f14347"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa532292801b4304"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c9beb1aafa34f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf668db49e3f14347" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R019ff6851f6e4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa532292801b4304" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>5,510</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>7,030</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,310</x:t>
-[...188 lines deleted...]
-          <x:t>5,340</x:t>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>