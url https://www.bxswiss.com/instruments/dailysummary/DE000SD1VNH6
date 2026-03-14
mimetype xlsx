--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28a09a916ef3434f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff1d6f99dfec40ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa532292801b4304"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71c15769146544ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R019ff6851f6e4487" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa532292801b4304" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76febcd2eacb41f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71c15769146544ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNH6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>6,205</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,990</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>6,260</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,970</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>