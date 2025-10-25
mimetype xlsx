--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R802297dbe624479f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9588fd4a6b4f29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d02a8334244758"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d20597fbec4f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b5a641d9de4bb5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d02a8334244758" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a476731c0f4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d20597fbec4f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,915</x:t>
-[...386 lines deleted...]
-        <x:is>
           <x:t>34,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,895</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>