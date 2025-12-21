--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e9588fd4a6b4f29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f9778e8d0847b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d20597fbec4f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra13fd9257e694fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18a476731c0f4609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d20597fbec4f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R605edac602904257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra13fd9257e694fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>44,280</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,565</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>