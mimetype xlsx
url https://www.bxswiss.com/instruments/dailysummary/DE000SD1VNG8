--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f9778e8d0847b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R297fcc99438c4b93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra13fd9257e694fe0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26025590defc4a96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R605edac602904257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra13fd9257e694fe0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4067069b0ce41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26025590defc4a96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>