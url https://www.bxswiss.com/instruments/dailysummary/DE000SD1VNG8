--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R297fcc99438c4b93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae19f013ded84220" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26025590defc4a96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41ad8c5644944132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4067069b0ce41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26025590defc4a96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ee56f68422468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41ad8c5644944132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,255</x:t>
-[...171 lines deleted...]
-          <x:t>22,090</x:t>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>