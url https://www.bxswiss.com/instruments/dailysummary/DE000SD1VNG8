--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae19f013ded84220" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a5b5c926f1d41d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41ad8c5644944132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61b615e477ae472f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ee56f68422468c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41ad8c5644944132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8db001611bb445cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61b615e477ae472f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Lindt &amp; Spruengli</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNG8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,845</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>