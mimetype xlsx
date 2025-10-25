--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fce6205ba0c4b9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9705db80226b4b12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9aae050ef004841"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48800447076a465b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33bee6f5c3a94a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9aae050ef004841" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c16d1b1caae4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48800447076a465b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,936</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>30.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,872</x:t>
-[...90 lines deleted...]
-          <x:t>0,922</x:t>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>