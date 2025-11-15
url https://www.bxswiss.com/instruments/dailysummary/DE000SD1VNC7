--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9705db80226b4b12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce71bbfaacb64947" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48800447076a465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11a29bf7d96f4e7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c16d1b1caae4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48800447076a465b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6286c20b274b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11a29bf7d96f4e7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,923</x:t>
-[...205 lines deleted...]
-          <x:t>0,889</x:t>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,879</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,905</x:t>
-        </x:is>
-[...376 lines deleted...]
-          <x:t>0,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>