--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce71bbfaacb64947" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra61020e35d3a4b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11a29bf7d96f4e7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e40941345ca4b39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6286c20b274b6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11a29bf7d96f4e7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3a875877f8447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e40941345ca4b39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,770</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,933</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,951</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,964</x:t>
-[...58 lines deleted...]
-          <x:t>0,950</x:t>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...360 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>