--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra61020e35d3a4b6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bf1e33c9a74d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e40941345ca4b39"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7c1c35598f4edd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff3a875877f8447a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e40941345ca4b39" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f769f294d14390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7c1c35598f4edd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>