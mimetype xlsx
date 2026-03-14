--- v4 (2026-01-11)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70bf1e33c9a74d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffa4259751bf4b7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb7c1c35598f4edd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b00afef5594e66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f769f294d14390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb7c1c35598f4edd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12e650968ad64486" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b00afef5594e66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Kuehne &amp; Nagel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>1,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,325</x:t>
-[...48 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>1,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>