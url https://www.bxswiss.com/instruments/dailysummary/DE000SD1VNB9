--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R223dd80bde4c4d8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f6d37d6e71f44a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28bb149efa8d4748"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba014e3e9f14d75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62913fa46770413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28bb149efa8d4748" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2070d461fe44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba014e3e9f14d75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Julius Baer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...279 lines deleted...]
-          <x:t>3,065</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,670</x:t>
-[...16 lines deleted...]
-          <x:t>2,740</x:t>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,665</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>2,730</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,545</x:t>
-[...97 lines deleted...]
-          <x:t>2,430</x:t>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...181 lines deleted...]
-          <x:t>2,525</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>