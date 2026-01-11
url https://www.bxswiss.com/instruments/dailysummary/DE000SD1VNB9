--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f6d37d6e71f44a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda55a6bfb354f08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raba014e3e9f14d75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dc50505a4384106"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2070d461fe44b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raba014e3e9f14d75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95970be3a0fc4a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dc50505a4384106" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Julius Baer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,135</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>