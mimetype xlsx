--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbda55a6bfb354f08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf9728a8ca64c59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dc50505a4384106"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa15819ef205417c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95970be3a0fc4a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dc50505a4384106" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e5031ef289048bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa15819ef205417c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Julius Baer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>3,350</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,295</x:t>
-[...60 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>3,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,685</x:t>
-[...65 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,745</x:t>
-[...92 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>4,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,240</x:t>
-        </x:is>
-[...13 lines deleted...]
-          <x:t>4,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>