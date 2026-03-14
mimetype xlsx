--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaf9728a8ca64c59" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035af29319bc4f13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa15819ef205417c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382444a265a94044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e5031ef289048bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa15819ef205417c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb611ba3813554c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382444a265a94044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Julius Baer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VNB9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>4,830</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>3,985</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>02.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,115</x:t>
-[...323 lines deleted...]
-          <x:t>4,250</x:t>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,210</x:t>
-[...53 lines deleted...]
-          <x:t>4,240</x:t>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>