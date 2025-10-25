--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb73365f87ed430a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb09daad91a4341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5506d12e1f7648d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7129bbfdbd664171"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e1404a8e86c4abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5506d12e1f7648d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d492e542e924bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7129bbfdbd664171" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Oil WTI Light Crude Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>6,500</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,500</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>8,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,115</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>