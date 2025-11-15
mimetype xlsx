--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb09daad91a4341" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a1b5a8af8c4a93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7129bbfdbd664171"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa9b14c48f214455"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d492e542e924bb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7129bbfdbd664171" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a91cf4e1e414dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa9b14c48f214455" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Oil WTI Light Crude Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>8,115</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>8,195</x:t>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,970</x:t>
-[...102 lines deleted...]
-          <x:t>9,300</x:t>
+          <x:t>9,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,065</x:t>
-[...296 lines deleted...]
-          <x:t>8,425</x:t>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>