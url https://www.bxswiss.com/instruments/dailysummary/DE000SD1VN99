--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a1b5a8af8c4a93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b8495680064f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa9b14c48f214455"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf675ef880ebd4e05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a91cf4e1e414dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa9b14c48f214455" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e28a731aac4350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf675ef880ebd4e05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Oil WTI Light Crude Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>9,790</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>10,210</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>