--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32b8495680064f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101b03b36d6b4e0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf675ef880ebd4e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ab9a747b4748b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2e28a731aac4350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf675ef880ebd4e05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e4849f77ba4877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ab9a747b4748b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Oil WTI Light Crude Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>10,025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,065</x:t>
-[...38 lines deleted...]
-          <x:t>7,925</x:t>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,925</x:t>
-[...38 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,190</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>7,920</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,310</x:t>
-[...317 lines deleted...]
-        <x:is>
           <x:t>7,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,510</x:t>
-[...9 lines deleted...]
-          <x:t>8,430</x:t>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>