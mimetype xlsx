--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R101b03b36d6b4e0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13effc74f4874361" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ab9a747b4748b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89187a1db27d4f67"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31e4849f77ba4877" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ab9a747b4748b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f96c56693d141c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89187a1db27d4f67" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Oil WTI Light Crude Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...95 lines deleted...]
-          <x:t>7,000</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>7,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>