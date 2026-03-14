--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13effc74f4874361" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fcdc2d658984896" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89187a1db27d4f67"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf7c4275f5a4c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f96c56693d141c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89187a1db27d4f67" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d38dd9ddcff42d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf7c4275f5a4c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Oil WTI Light Crude Future</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN99</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>3,395</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,680</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,275</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>3,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,070</x:t>
-[...215 lines deleted...]
-          <x:t>3,270</x:t>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.02.2026</x:t>
-[...19 lines deleted...]
-          <x:t>3,675</x:t>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>