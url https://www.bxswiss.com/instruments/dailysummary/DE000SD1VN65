--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2880804148974e8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6e3159062645f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a0ba4603a0d48df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6fb79bd378c47df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99aa6ba275744f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a0ba4603a0d48df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168aa0c6eb0642bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6fb79bd378c47df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Baloise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,528</x:t>
-[...16 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,513</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,498</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,508</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>0,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>