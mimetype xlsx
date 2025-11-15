--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae6e3159062645f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6aa442696b74b6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb6fb79bd378c47df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998ba78c5521411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R168aa0c6eb0642bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb6fb79bd378c47df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ref3d0733c4d348a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998ba78c5521411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Baloise</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN65</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,549</x:t>
-[...264 lines deleted...]
-          <x:t>0,526</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,531</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>08.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,536</x:t>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,493</x:t>
-[...16 lines deleted...]
-          <x:t>0,503</x:t>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,500</x:t>
-[...70 lines deleted...]
-          <x:t>0,511</x:t>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...215 lines deleted...]
-          <x:t>0,510</x:t>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>