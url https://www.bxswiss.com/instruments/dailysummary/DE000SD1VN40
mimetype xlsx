--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39e062193b14f0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d72f5aea74c477a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R752f3f2e6a9547af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc99e07f94b455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bea2622aaf449c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R752f3f2e6a9547af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35bff452c5214af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc99e07f94b455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,806</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,800</x:t>
-[...16 lines deleted...]
-          <x:t>0,981</x:t>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,918</x:t>
-[...26 lines deleted...]
-          <x:t>0,852</x:t>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,901</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,865</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,225</x:t>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,170</x:t>
-[...512 lines deleted...]
-          <x:t>0,991</x:t>
+          <x:t>1,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>