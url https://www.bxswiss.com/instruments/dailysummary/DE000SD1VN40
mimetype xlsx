--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d72f5aea74c477a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71694477f9064a8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc99e07f94b455b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R482dec65c8ab46f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35bff452c5214af4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc99e07f94b455b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59696755064c4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R482dec65c8ab46f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,270</x:t>
-[...43 lines deleted...]
-          <x:t>1,225</x:t>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,075</x:t>
-[...48 lines deleted...]
-          <x:t>0,974</x:t>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,907</x:t>
-[...75 lines deleted...]
-          <x:t>0,814</x:t>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>1,090</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>