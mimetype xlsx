--- v2 (2025-11-13)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71694477f9064a8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1374772a424118" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R482dec65c8ab46f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef1e67543154690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59696755064c4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R482dec65c8ab46f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b6e2f42b1143f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef1e67543154690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,696</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,776</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>0,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>