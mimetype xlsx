--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a1374772a424118" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5af4c51cdcf54d41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef1e67543154690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf563c67b9cf48c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21b6e2f42b1143f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef1e67543154690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0153d0691464958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf563c67b9cf48c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,673</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,748</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,641</x:t>
-[...512 lines deleted...]
-          <x:t>0,714</x:t>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>