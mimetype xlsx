--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5af4c51cdcf54d41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f214ea17afb48db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf563c67b9cf48c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f6a28cd93c4539"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0153d0691464958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf563c67b9cf48c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23dc0d6e9f1a4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f6a28cd93c4539" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,944</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>