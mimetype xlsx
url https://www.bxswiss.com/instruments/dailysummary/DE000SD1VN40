--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f214ea17afb48db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191fa3b6ee5e4e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95f6a28cd93c4539"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe88727f15a4a7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23dc0d6e9f1a4363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95f6a28cd93c4539" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff559a8f4c144f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe88727f15a4a7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,847</x:t>
-[...16 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,818</x:t>
-[...161 lines deleted...]
-          <x:t>0,777</x:t>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,696</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,671</x:t>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,681</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,598</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>