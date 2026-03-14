--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R191fa3b6ee5e4e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8636c839d574455f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fe88727f15a4a7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad63174c368b4d32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff559a8f4c144f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fe88727f15a4a7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd903e2afbe450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad63174c368b4d32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Short on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN40</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>0,775</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,743</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>0,684</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,684</x:t>
-[...26 lines deleted...]
-          <x:t>0,716</x:t>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,777</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,680</x:t>
-[...26 lines deleted...]
-          <x:t>0,712</x:t>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,684</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>