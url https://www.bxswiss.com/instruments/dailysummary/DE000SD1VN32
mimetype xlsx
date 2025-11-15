--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc939f0d4818497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R203849b4f9634ff1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc08996947d124502"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940d7a1071da49bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e1e3a782bd431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc08996947d124502" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b48848eb0a49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940d7a1071da49bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...544 lines deleted...]
-          <x:t>0,319</x:t>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,306</x:t>
-[...70 lines deleted...]
-          <x:t>0,339</x:t>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,328</x:t>
-[...4 lines deleted...]
-          <x:t>0,343</x:t>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>