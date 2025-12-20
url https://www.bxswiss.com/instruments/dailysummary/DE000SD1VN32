--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R203849b4f9634ff1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc0b811361e4f91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R940d7a1071da49bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca58b275ff2e4eef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4b48848eb0a49c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R940d7a1071da49bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71d4a5ce0794494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca58b275ff2e4eef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...161 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...21 lines deleted...]
-          <x:t>0,456</x:t>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...80 lines deleted...]
-          <x:t>0,469</x:t>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,556</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,587</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,642</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>0,507</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>