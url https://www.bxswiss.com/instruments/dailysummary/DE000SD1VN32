--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc0b811361e4f91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R044a6a70c1844504" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca58b275ff2e4eef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R984372582d084446"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc71d4a5ce0794494" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca58b275ff2e4eef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7987f7578d8940d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R984372582d084446" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,722</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>