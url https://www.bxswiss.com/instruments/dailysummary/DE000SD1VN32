--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R044a6a70c1844504" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5a5b1dc41d246ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R984372582d084446"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb638b3e15e4dda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7987f7578d8940d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R984372582d084446" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894e7af939ce4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb638b3e15e4dda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,165</x:t>
-[...21 lines deleted...]
-          <x:t>1,170</x:t>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,065</x:t>
-[...58 lines deleted...]
-          <x:t>0,881</x:t>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>