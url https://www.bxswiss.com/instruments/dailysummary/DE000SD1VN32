--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5a5b1dc41d246ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fdfb32724cd465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb638b3e15e4dda"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48fdf85a5a3242e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R894e7af939ce4a67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb638b3e15e4dda" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd220dbed8c294f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48fdf85a5a3242e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN32</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,070</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,045</x:t>
-[...16 lines deleted...]
-          <x:t>1,235</x:t>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...119 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...468 lines deleted...]
-          <x:t>1,905</x:t>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>