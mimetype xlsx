--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R789068b2edc548b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e64cf9f9364239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R112db87f0fac46c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9aeec64a1d643cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b0434651924366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R112db87f0fac46c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479fbb6f28284a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9aeec64a1d643cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>5,725</x:t>
+          <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,540</x:t>
-[...312 lines deleted...]
-        <x:is>
           <x:t>5,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,400</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>