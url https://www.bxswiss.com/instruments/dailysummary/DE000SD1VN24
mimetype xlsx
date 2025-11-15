--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e64cf9f9364239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77aba384868f459d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9aeec64a1d643cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5cd60acecdb452d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479fbb6f28284a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9aeec64a1d643cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb73db6db88124af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5cd60acecdb452d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>6,440</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>7,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,115</x:t>
-[...200 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>8,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>23.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,600</x:t>
-[...36 lines deleted...]
-          <x:t>8,430</x:t>
+          <x:t>8,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>