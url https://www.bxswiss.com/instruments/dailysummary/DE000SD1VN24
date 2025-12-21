--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77aba384868f459d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ddadd8c38ac4e57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5cd60acecdb452d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R751d8b37cec94d17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb73db6db88124af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5cd60acecdb452d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6009c26f9a4c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R751d8b37cec94d17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>6,995</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>8,095</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,060</x:t>
-[...11 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>8,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,595</x:t>
-[...58 lines deleted...]
-          <x:t>8,545</x:t>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>