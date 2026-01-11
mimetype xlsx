--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ddadd8c38ac4e57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419c38eb0cb443d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R751d8b37cec94d17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc189877924f44a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6009c26f9a4c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R751d8b37cec94d17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef1fc70040043b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc189877924f44a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>