--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419c38eb0cb443d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2678f663da144b6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc189877924f44a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68383b06ac4a4339"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ef1fc70040043b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc189877924f44a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66bf8f570d784970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68383b06ac4a4339" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>12,805</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>