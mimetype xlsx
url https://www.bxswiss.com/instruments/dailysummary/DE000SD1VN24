--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2678f663da144b6f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfadacf771bc432f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68383b06ac4a4339"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6782a00984234b1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66bf8f570d784970" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68383b06ac4a4339" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra51fbb9c88314fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6782a00984234b1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Rio Tinto</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VN24</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,145</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>