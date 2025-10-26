--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc7c8ba35ed1403c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04150563e37d44fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac60cfeaffd44ce2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf62bf15a523e4a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R410145463a244678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac60cfeaffd44ce2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d77011b3834e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf62bf15a523e4a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>