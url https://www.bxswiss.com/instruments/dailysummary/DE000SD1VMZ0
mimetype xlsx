--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04150563e37d44fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8bbccbbaf84b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf62bf15a523e4a7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e0e31bf9b14c3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d77011b3834e70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf62bf15a523e4a7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33945b62b7ed4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e0e31bf9b14c3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,640</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>