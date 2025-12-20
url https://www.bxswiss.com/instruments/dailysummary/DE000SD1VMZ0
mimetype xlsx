--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b8bbccbbaf84b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9cd29f5987e486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e0e31bf9b14c3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d8577f0e44427c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33945b62b7ed4753" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e0e31bf9b14c3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84c42a4583cf441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d8577f0e44427c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>49,885</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>