--- v3 (2025-12-20)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9cd29f5987e486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9dc8e2662db4fab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42d8577f0e44427c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb35149fe7d924e32"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84c42a4583cf441b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42d8577f0e44427c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91e0fdbf51794d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35149fe7d924e32" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>57,440</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>