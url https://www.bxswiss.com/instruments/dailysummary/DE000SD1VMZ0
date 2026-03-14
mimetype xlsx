--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9dc8e2662db4fab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a646237e6934004" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb35149fe7d924e32"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4db0cba81c084094"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91e0fdbf51794d5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb35149fe7d924e32" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd30bd1c561c4092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4db0cba81c084094" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VMZ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>