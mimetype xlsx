--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50b6436d878e42c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1506ffeb0df64dbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8cb95fa9ee4303"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40129adbd5194bbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fa5627848f44f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8cb95fa9ee4303" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b1127453cc4488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40129adbd5194bbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Georg Fischer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>4,175</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>