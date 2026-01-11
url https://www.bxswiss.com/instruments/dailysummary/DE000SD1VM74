--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1506ffeb0df64dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R527739b406774214" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40129adbd5194bbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c5c2a5a2724a1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re7b1127453cc4488" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40129adbd5194bbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad42240f7f24360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c5c2a5a2724a1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Georg Fischer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...544 lines deleted...]
-          <x:t>1,575</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>1,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>