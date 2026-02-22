--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R527739b406774214" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a26f96be4747f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14c5c2a5a2724a1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d5252493764aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ad42240f7f24360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14c5c2a5a2724a1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a80f1196d34a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d5252493764aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Georg Fischer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,680</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,655</x:t>
-[...21 lines deleted...]
-          <x:t>1,645</x:t>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>12.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,865</x:t>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,855</x:t>
-[...16 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,835</x:t>
-[...166 lines deleted...]
-          <x:t>1,730</x:t>
+          <x:t>1,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,780</x:t>
-        </x:is>
-[...133 lines deleted...]
-          <x:t>1,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>