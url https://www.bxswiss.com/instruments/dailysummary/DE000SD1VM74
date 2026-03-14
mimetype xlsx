--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61a26f96be4747f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fe7252814984fea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78d5252493764aee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb22177fa4759496c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50a80f1196d34a1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78d5252493764aee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22055929bebe4b89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb22177fa4759496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Georg Fischer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,425</x:t>
-[...603 lines deleted...]
-          <x:t>1,780</x:t>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>