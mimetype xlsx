--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra32932e451f34dbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898c887962204b23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cb320d8691c4aed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d928eb7cf90435f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf32ce1ce318446d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cb320d8691c4aed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cc4150c37b24785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d928eb7cf90435f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,440</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,960</x:t>
-[...92 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,265</x:t>
-[...124 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>7,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,145</x:t>
-[...318 lines deleted...]
-          <x:t>6,725</x:t>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,550</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>6,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,045</x:t>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>