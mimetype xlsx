--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898c887962204b23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb9c1627316450f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d928eb7cf90435f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4526b05ae2a046fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cc4150c37b24785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d928eb7cf90435f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180318787d8c46f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4526b05ae2a046fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...193 lines deleted...]
-          <x:t>7,110</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,730</x:t>
-[...16 lines deleted...]
-          <x:t>7,005</x:t>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,700</x:t>
-[...97 lines deleted...]
-          <x:t>7,145</x:t>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,020</x:t>
-[...301 lines deleted...]
-          <x:t>7,300</x:t>
+          <x:t>7,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>