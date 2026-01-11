--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eb9c1627316450f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a24bbe7bcf045f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4526b05ae2a046fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b5912aa52b745ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R180318787d8c46f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4526b05ae2a046fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf31a4be8f640d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b5912aa52b745ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,430</x:t>
-[...188 lines deleted...]
-          <x:t>7,775</x:t>
+          <x:t>7,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,745</x:t>
-[...124 lines deleted...]
-          <x:t>7,745</x:t>
+          <x:t>7,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,505</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>7,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>7,280</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,150</x:t>
-[...139 lines deleted...]
-          <x:t>7,525</x:t>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>