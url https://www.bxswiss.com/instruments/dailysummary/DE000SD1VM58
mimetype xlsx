--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a24bbe7bcf045f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R028f9ab1b2ae4b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b5912aa52b745ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9dc80c4eea45c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf31a4be8f640d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b5912aa52b745ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc9fba7e49f4fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9dc80c4eea45c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,565</x:t>
-[...134 lines deleted...]
-          <x:t>7,570</x:t>
+          <x:t>6,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...158 lines deleted...]
-          <x:t>7,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,590</x:t>
-[...36 lines deleted...]
-          <x:t>8,375</x:t>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>