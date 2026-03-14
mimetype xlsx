--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R028f9ab1b2ae4b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80f57527d691497b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9dc80c4eea45c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb109a587db194da1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdc9fba7e49f4fa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9dc80c4eea45c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57728285a9604997" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb109a587db194da1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM58</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>6,480</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,400</x:t>
-[...593 lines deleted...]
-          <x:t>8,660</x:t>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>