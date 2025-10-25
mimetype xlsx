--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re703792474184e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a4615fbf864dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8bf0783491f74c2d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b9c718891d41e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R647a5019d8054d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8bf0783491f74c2d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2d76908d0a44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b9c718891d41e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>