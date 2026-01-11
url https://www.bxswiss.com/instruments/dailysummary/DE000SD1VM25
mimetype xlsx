--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3a4615fbf864dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69699a7cfc2c48a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7b9c718891d41e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeff4d9893154903"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa2d76908d0a44a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7b9c718891d41e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra851792e1a3b4ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeff4d9893154903" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>17,110</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>