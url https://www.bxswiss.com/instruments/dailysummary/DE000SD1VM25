--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69699a7cfc2c48a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade9a7aa40944d00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeff4d9893154903"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9f7702f91e40e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra851792e1a3b4ec4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeff4d9893154903" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1d79b99b23d4926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9f7702f91e40e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>22,720</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>