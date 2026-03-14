--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rade9a7aa40944d00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec383fe0f32846e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c9f7702f91e40e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R795aef33fb734aa2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1d79b99b23d4926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c9f7702f91e40e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R808876c98aff4c28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R795aef33fb734aa2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1VM25</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>13,695</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,880</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>15,495</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>