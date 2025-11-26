--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99454afc96344329" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bbfdcc96f2140ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbe7911392494822"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff02bd5bf3d44a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfc37de933124317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbe7911392494822" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94faea6035c482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff02bd5bf3d44a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>26,295</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...455 lines deleted...]
-          <x:t>20,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>23,315</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>