--- v1 (2025-11-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bbfdcc96f2140ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c14978c8f01462e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff02bd5bf3d44a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re42556d0eb2041c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb94faea6035c482d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff02bd5bf3d44a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f134c7b47234667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re42556d0eb2041c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>7,745</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>8,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>14.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,455</x:t>
-[...198 lines deleted...]
-          <x:t>8,875</x:t>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>