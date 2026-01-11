--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c14978c8f01462e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2ff54993c6e4f60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re42556d0eb2041c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ecd2a61e294b81"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f134c7b47234667" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re42556d0eb2041c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bc8c584b3324b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ecd2a61e294b81" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>7,755</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...398 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,265</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>