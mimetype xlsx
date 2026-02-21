--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2ff54993c6e4f60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R237b51db4fe14225" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6ecd2a61e294b81"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b6fdc4199d04acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bc8c584b3324b75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6ecd2a61e294b81" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dfb61dfdd85424c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b6fdc4199d04acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Telefonica</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5V9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>7,625</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,500</x:t>
-[...205 lines deleted...]
-          <x:t>7,580</x:t>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,805</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>6,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>