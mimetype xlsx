--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7af3617fb2a440d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ea93dd99ed4819" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0833d0de89294fca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29202691f55f49e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2eecb7225f594a40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0833d0de89294fca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fda1b480e50430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29202691f55f49e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>