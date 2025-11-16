--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9ea93dd99ed4819" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda628d0b9ff84030" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29202691f55f49e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56310b3112cc4b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fda1b480e50430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29202691f55f49e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree9d2a9c78254715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56310b3112cc4b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>57,335</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,605</x:t>
-[...350 lines deleted...]
-          <x:t>53,880</x:t>
+          <x:t>57,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>