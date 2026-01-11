--- v2 (2025-11-16)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda628d0b9ff84030" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6275d041e14375" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56310b3112cc4b26"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91cb3ed16bb4498d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree9d2a9c78254715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56310b3112cc4b26" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ab626fbc5a4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91cb3ed16bb4498d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>69,640</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>