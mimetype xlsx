--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red6275d041e14375" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ef0d641b384ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91cb3ed16bb4498d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a21bc656104c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ab626fbc5a4e99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91cb3ed16bb4498d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e9886f0222844d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a21bc656104c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,690</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>