--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21ef0d641b384ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4d1f7754b384942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31a21bc656104c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcecc880cbdeb48d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e9886f0222844d4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31a21bc656104c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a13f4e0a575449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcecc880cbdeb48d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Societe Generale</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5U1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>