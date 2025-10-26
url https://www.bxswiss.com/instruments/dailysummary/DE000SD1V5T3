--- v0 (2025-10-05)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05e9e39ca3c0499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4852c176914eb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45510e87e76446b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5776920757be4279"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8acf5db4bbcd4b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45510e87e76446b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c291e9b66f844f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5776920757be4279" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>2,490</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,590</x:t>
-[...129 lines deleted...]
-          <x:t>1,670</x:t>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...382 lines deleted...]
-          <x:t>2,005</x:t>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>