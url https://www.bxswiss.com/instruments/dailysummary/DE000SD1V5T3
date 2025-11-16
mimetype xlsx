--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f4852c176914eb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a438963c4344304" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5776920757be4279"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbaf63fa80b94c8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c291e9b66f844f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5776920757be4279" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd12517642f749b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbaf63fa80b94c8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,735</x:t>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,730</x:t>
-[...539 lines deleted...]
-          <x:t>1,945</x:t>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>