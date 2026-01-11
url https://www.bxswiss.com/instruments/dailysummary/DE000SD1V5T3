--- v2 (2025-11-16)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a438963c4344304" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba56cfe0610d4eef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbaf63fa80b94c8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6fa26c8f14948b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd12517642f749b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbaf63fa80b94c8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60781dd8184b410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6fa26c8f14948b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...603 lines deleted...]
-          <x:t>0,780</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,562</x:t>
-        </x:is>
-[...3 lines deleted...]
-          <x:t>0,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>