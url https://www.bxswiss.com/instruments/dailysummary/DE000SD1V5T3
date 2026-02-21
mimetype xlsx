--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba56cfe0610d4eef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc582f629784657" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6fa26c8f14948b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2256ed796e64541"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60781dd8184b410c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6fa26c8f14948b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R779f6e949ab84eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2256ed796e64541" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>0,562</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>