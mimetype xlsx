--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1dc582f629784657" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce32c1ebc77f42cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2256ed796e64541"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0a7438c67344ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R779f6e949ab84eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2256ed796e64541" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R070316957f8b4a86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0a7438c67344ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5T3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +366,455 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>