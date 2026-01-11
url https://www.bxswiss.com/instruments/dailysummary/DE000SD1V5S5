--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864821cf72e34f9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb053a7d9e9f947b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93beeecda64140f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb9de5f006549df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1acdf8d87e74b4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93beeecda64140f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346872bd91144edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb9de5f006549df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5S5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>83,350</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>