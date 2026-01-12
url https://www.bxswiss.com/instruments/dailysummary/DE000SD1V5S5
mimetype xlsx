--- v1 (2026-01-11)
+++ v2 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb053a7d9e9f947b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5aa1bf5def6448c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeb9de5f006549df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb65fce7e1448d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R346872bd91144edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeb9de5f006549df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e7c1b737f9244af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb65fce7e1448d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5S5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,140</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>