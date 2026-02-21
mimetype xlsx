--- v2 (2026-01-12)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5aa1bf5def6448c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2608e6fae70a468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb65fce7e1448d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R203ed2f31821444a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e7c1b737f9244af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb65fce7e1448d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5409e03cad7d4837" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R203ed2f31821444a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on SAP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5S5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>50,690</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>