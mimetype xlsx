--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a84de32bbf64a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e94da3ec3ce4f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6114e28b7d34492d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1e8b9894044773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16c7bd3194a417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6114e28b7d34492d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97160067d17b46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1e8b9894044773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>