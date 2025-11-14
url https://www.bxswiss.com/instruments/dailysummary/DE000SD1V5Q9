--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e94da3ec3ce4f85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa0dfdb99e64df6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f1e8b9894044773"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca9260accf1c43c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97160067d17b46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f1e8b9894044773" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re098676790484f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca9260accf1c43c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>