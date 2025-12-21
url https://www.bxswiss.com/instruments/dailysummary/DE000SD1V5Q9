--- v2 (2025-11-14)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fa0dfdb99e64df6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863a384ff26b4516" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca9260accf1c43c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15955570ca7447d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re098676790484f5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca9260accf1c43c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b3e596ab7f94824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15955570ca7447d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...176 lines deleted...]
-          <x:t>70,165</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,020</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>84,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>