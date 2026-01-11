--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R863a384ff26b4516" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf00cb3d0ae54c7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc15955570ca7447d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106a65d583b34b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b3e596ab7f94824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc15955570ca7447d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2170ed9910c04786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106a65d583b34b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>