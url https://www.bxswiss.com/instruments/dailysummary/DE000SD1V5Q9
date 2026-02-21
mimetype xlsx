--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf00cb3d0ae54c7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25b0e507c404487c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R106a65d583b34b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2988e047efa2446f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2170ed9910c04786" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R106a65d583b34b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc70b900bc2ac442d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2988e047efa2446f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Shell</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5Q9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>62,575</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>