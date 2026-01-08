--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15f9dba856b64153" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra894768d49364562" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79d10b352f3b4242"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea18b0bacb64f51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86105229d23c4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79d10b352f3b4242" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf210ab187b1c4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea18b0bacb64f51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fresenius</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>6,175</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,950</x:t>
-[...16 lines deleted...]
-          <x:t>6,160</x:t>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,055</x:t>
-[...38 lines deleted...]
-          <x:t>6,430</x:t>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,450</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>6,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>