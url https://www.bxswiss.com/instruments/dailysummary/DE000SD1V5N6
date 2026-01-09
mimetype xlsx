--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra894768d49364562" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra74bf905c80942e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea18b0bacb64f51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73787fb81d114126"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf210ab187b1c4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea18b0bacb64f51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710c8c6dd1a144aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73787fb81d114126" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fresenius</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,450</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>