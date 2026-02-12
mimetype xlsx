--- v2 (2026-01-09)
+++ v3 (2026-02-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra74bf905c80942e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634dbb43143a4bc6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73787fb81d114126"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e5e8057886141c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R710c8c6dd1a144aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73787fb81d114126" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ea780cc36854a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e5e8057886141c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fresenius</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>6,030</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,465</x:t>
-        </x:is>
-[...467 lines deleted...]
-          <x:t>6,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>