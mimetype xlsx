--- v3 (2026-02-12)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634dbb43143a4bc6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9981d4da72d4f62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e5e8057886141c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5661b2867bd94973"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ea780cc36854a27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e5e8057886141c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf469f183ab53461f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5661b2867bd94973" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Fresenius</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5N6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>5,680</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,485</x:t>
-[...178 lines deleted...]
-          <x:t>5,265</x:t>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,190</x:t>
-[...215 lines deleted...]
-          <x:t>6,465</x:t>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>