--- v0 (2025-10-24)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988666d86f344978" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8d1b90d2b24cb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c0b7c019c9440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d9c8f54f3de4b62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf51784c48dd4fc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c0b7c019c9440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78797c0b3e6043e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d9c8f54f3de4b62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>85,130</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>