--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8d1b90d2b24cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e1bd1d35354952" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d9c8f54f3de4b62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2bd55c5a9c345b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78797c0b3e6043e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d9c8f54f3de4b62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b6fe4c65b1429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2bd55c5a9c345b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>88,395</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>