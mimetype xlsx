--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e1bd1d35354952" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62a0709bec6c41c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2bd55c5a9c345b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b8a735fdf77400a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91b6fe4c65b1429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2bd55c5a9c345b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99ee7677d12840fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b8a735fdf77400a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on ENI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5M8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>