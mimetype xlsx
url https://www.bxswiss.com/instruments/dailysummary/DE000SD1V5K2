--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78645ee925cc484d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfce6435233444f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfac774a12b314173"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50f9eda247cc4371"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a8e5d39859e44db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfac774a12b314173" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974ebd0f55b94a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50f9eda247cc4371" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>43,095</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>42,835</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,080</x:t>
-[...134 lines deleted...]
-          <x:t>42,885</x:t>
+          <x:t>41,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>