--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfce6435233444f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6505448048334b4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50f9eda247cc4371"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb546d37456dd460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R974ebd0f55b94a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50f9eda247cc4371" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1bec50086614edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb546d37456dd460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>42,835</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,080</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>41,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>