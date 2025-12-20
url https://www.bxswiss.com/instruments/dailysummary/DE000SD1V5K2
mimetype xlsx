--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6505448048334b4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d805c7ceed4372" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb546d37456dd460b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7362d3cf99414929"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1bec50086614edf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb546d37456dd460b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re50dbc0bef9a4faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7362d3cf99414929" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...566 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,140</x:t>
-[...36 lines deleted...]
-          <x:t>28,030</x:t>
+          <x:t>34,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>