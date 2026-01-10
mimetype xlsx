--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59d805c7ceed4372" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R267a11fcfcd9472d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7362d3cf99414929"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0962731b89b44fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re50dbc0bef9a4faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7362d3cf99414929" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97be0293494a46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0962731b89b44fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>42,925</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>38,090</x:t>
-[...333 lines deleted...]
-          <x:t>34,940</x:t>
+          <x:t>37,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>