--- v4 (2026-01-10)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R267a11fcfcd9472d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864e4c80a3ed435f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0962731b89b44fd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a41b33dcc564db0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97be0293494a46b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0962731b89b44fd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844c82ed13514d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a41b33dcc564db0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...473 lines deleted...]
-          <x:t>27,755</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>