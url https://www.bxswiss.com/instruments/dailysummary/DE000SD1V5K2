--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864e4c80a3ed435f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11ea3b8e5cc2494f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a41b33dcc564db0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910f07f69e0a403e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R844c82ed13514d79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a41b33dcc564db0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8217fc2416740f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910f07f69e0a403e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Deutsche Börse</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5K2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>26,450</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,340</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...31 lines deleted...]
-          <x:t>29,315</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22,865</x:t>
-[...355 lines deleted...]
-          <x:t>29,510</x:t>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>