--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd71474b4091c459b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13965b90d5084a01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb82a220a0984aba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa102b1c00ac4584"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7682f8ee46c0479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb82a220a0984aba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9352ec022a4947e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa102b1c00ac4584" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,152</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,151</x:t>
-[...367 lines deleted...]
-          <x:t>0,142</x:t>
+          <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,168</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,182</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>