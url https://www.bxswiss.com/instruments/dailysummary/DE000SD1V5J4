--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13965b90d5084a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd1b54ec47784b0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa102b1c00ac4584"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315d6ceba9f44f25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9352ec022a4947e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa102b1c00ac4584" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a51c6fa034a4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315d6ceba9f44f25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,170</x:t>
-[...48 lines deleted...]
-          <x:t>0,184</x:t>
+          <x:t>0,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,189</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,186</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,183</x:t>
-[...236 lines deleted...]
-        <x:is>
           <x:t>0,208</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,192</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...172 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,205</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>0,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>