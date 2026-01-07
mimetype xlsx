--- v2 (2025-11-16)
+++ v3 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd1b54ec47784b0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04f6b2e02e354b0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R315d6ceba9f44f25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a1da6a5de334204"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a51c6fa034a4a78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R315d6ceba9f44f25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b1e64dee254dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a1da6a5de334204" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,210</x:t>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,210</x:t>
-[...16 lines deleted...]
-          <x:t>0,217</x:t>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,212</x:t>
-[...75 lines deleted...]
-          <x:t>0,241</x:t>
+          <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,237</x:t>
-[...485 lines deleted...]
-          <x:t>0,205</x:t>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>