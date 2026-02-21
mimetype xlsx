--- v3 (2026-01-07)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04f6b2e02e354b0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fa28b010674c9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a1da6a5de334204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc8a63ff5744143"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64b1e64dee254dc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a1da6a5de334204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf842feced31643f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc8a63ff5744143" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,229</x:t>
-[...327 lines deleted...]
-        <x:is>
           <x:t>0,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>0,298</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>