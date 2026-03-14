--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9fa28b010674c9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra732c5710741422b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc8a63ff5744143"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70502e3369904f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf842feced31643f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc8a63ff5744143" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92dd85ac4d9e400a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70502e3369904f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Carrefour</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5J4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>0,293</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,292</x:t>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,347</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,352</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,322</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,332</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,339</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>0,363</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>