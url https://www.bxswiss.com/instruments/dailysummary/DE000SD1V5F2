--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7880dd87aad4785" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361723c383cb430d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08805a4c2d2a448b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ec12f4bc3a4d92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86552de7e16c48e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08805a4c2d2a448b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2d145a9d35425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ec12f4bc3a4d92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>04.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,290</x:t>
-[...4 lines deleted...]
-          <x:t>4,015</x:t>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>4,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,215</x:t>
-[...517 lines deleted...]
-          <x:t>4,335</x:t>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>