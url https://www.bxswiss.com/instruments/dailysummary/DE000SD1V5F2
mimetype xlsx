--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361723c383cb430d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301224b36df84a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47ec12f4bc3a4d92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b58a2f288b54d6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2d145a9d35425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47ec12f4bc3a4d92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a59a326c2c4a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b58a2f288b54d6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>5,705</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>