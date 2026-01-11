--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R301224b36df84a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6109ec02a2234e25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b58a2f288b54d6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf683f58fbbc44ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a59a326c2c4a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b58a2f288b54d6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf50b13e3524d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf683f58fbbc44ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,925</x:t>
-[...75 lines deleted...]
-          <x:t>6,110</x:t>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>6,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,570</x:t>
-[...33 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,475</x:t>
-[...333 lines deleted...]
-          <x:t>6,805</x:t>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>