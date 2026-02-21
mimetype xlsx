--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6109ec02a2234e25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62c82123d7234ddb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf683f58fbbc44ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f6283affed4373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf50b13e3524d8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf683f58fbbc44ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee4781d43564ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f6283affed4373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>6,105</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,015</x:t>
-[...21 lines deleted...]
-          <x:t>6,310</x:t>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>7,075</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,670</x:t>
-        </x:is>
-[...30 lines deleted...]
-          <x:t>6,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>