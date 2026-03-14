--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62c82123d7234ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08952cab19fa4334" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77f6283affed4373"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R121c06f0be54476a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee4781d43564ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77f6283affed4373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e37b4e74cd94361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R121c06f0be54476a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Accor</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5F2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>6,315</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,645</x:t>
-[...65 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,970</x:t>
-[...279 lines deleted...]
-          <x:t>6,670</x:t>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>