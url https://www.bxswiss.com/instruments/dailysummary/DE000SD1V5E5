--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13b0e265860e4339" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dffdd9e5ac8415f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76e0f03b15594df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceda5d62c67e46ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38631950e872455a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76e0f03b15594df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reffc2fc4bda0481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceda5d62c67e46ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BHP Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5E5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,463 +149,58 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>15,365</x:t>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,035</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>