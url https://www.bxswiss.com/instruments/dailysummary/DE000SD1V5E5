--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dffdd9e5ac8415f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc650a0b8c6445f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceda5d62c67e46ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a52878982e4561"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reffc2fc4bda0481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceda5d62c67e46ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re950a3f763f546f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a52878982e4561" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on BHP Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5E5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>17,960</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>