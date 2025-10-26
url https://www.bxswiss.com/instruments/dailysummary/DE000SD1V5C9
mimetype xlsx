--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f7debf23674b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R948b97174acb4f8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07260a06829142be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35798d08a22c4c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5654a3b8f06c486f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07260a06829142be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7c5b3cd1074b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35798d08a22c4c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>