--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R948b97174acb4f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbd4d356ff2d40cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35798d08a22c4c1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4fa57e9b14e4923"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7c5b3cd1074b2f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35798d08a22c4c1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04cab1a26454b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4fa57e9b14e4923" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>56,570</x:t>
-[...495 lines deleted...]
-          <x:t>55,195</x:t>
+          <x:t>53,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>