--- v2 (2025-11-16)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbd4d356ff2d40cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b0d0980e3164e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4fa57e9b14e4923"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R017d8f3c7bb24b82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04cab1a26454b99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4fa57e9b14e4923" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b4139d4c0b43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R017d8f3c7bb24b82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>63,780</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,645</x:t>
-[...195 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>56,430</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>