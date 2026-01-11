--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b0d0980e3164e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6022cd9f73c418a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R017d8f3c7bb24b82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc238f5eb2821496c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92b4139d4c0b43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R017d8f3c7bb24b82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99b23071f4084095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc238f5eb2821496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>