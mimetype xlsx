--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6022cd9f73c418a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7871a00c3d0b482a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc238f5eb2821496c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095fc0c57be54d75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99b23071f4084095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc238f5eb2821496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729f0b5a22a04c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095fc0c57be54d75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>57,110</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>