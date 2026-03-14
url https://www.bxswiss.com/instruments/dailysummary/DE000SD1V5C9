--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7871a00c3d0b482a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d09155589fc4c70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R095fc0c57be54d75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ac03fefd01d4e03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729f0b5a22a04c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R095fc0c57be54d75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6e7b9b2f62d4f17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ac03fefd01d4e03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5C9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>38,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>