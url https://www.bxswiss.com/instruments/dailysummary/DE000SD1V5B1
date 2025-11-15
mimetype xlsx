--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352beafe6de74bd8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda8e5bb22d24ea6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1cb67bb4c3f4056"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31134f037bb74589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64013775f0574456" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1cb67bb4c3f4056" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84c4a2cff7ec4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31134f037bb74589" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,584</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,570</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>0,556</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>0,627</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>