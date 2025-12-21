--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda8e5bb22d24ea6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ac19d39005489c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31134f037bb74589"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R038305db6c3347b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84c4a2cff7ec4197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31134f037bb74589" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eaa6789d9d54546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R038305db6c3347b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>0,375</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,382</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>22.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,381</x:t>
-[...26 lines deleted...]
-          <x:t>0,400</x:t>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,386</x:t>
-[...6 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,398</x:t>
-[...21 lines deleted...]
-          <x:t>0,391</x:t>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,389</x:t>
-[...382 lines deleted...]
-          <x:t>0,410</x:t>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>