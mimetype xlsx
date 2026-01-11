--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7ac19d39005489c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199211ac542a4e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R038305db6c3347b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a8b52632ff24619"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eaa6789d9d54546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R038305db6c3347b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8857c533b8df4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a8b52632ff24619" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,95 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>0,523</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,589</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>0,570</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,720</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>