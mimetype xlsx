--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R199211ac542a4e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eaa278a68db4a28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a8b52632ff24619"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb070de02b84f496c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8857c533b8df4533" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a8b52632ff24619" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d3d4dd11a9d4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb070de02b84f496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,634</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,581</x:t>
-[...431 lines deleted...]
-          <x:t>1,270</x:t>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>