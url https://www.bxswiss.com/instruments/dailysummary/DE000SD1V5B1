--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eaa278a68db4a28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ef215ec57c4756" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb070de02b84f496c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808872baa13a411c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d3d4dd11a9d4d90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb070de02b84f496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01108ddd15544507" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808872baa13a411c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5B1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...360 lines deleted...]
-          <x:t>0,551</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,540</x:t>
-[...48 lines deleted...]
-          <x:t>0,497</x:t>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,508</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>12.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,483</x:t>
-[...21 lines deleted...]
-          <x:t>0,419</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,354</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,382</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,433</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>