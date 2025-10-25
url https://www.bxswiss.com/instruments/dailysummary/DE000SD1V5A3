--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4283cd3a6104f1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a0c5c406a2a4418" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ddbc34c6a4d4ca8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3330ceddccfe4671"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e6bb6050cd4b6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ddbc34c6a4d4ca8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d8814e30cbc4cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3330ceddccfe4671" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>73,955</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,465</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>82,930</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>81,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>