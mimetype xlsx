--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a0c5c406a2a4418" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re215a88d36a04de5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3330ceddccfe4671"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5f2930d883e4d02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d8814e30cbc4cbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3330ceddccfe4671" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2f282589e4a4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5f2930d883e4d02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>59,520</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>