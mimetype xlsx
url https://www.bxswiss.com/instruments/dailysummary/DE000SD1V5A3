--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re215a88d36a04de5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb94fb1de140a46d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5f2930d883e4d02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb599cc0d9eeb4d7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2f282589e4a4bcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5f2930d883e4d02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428b54b4926b414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb599cc0d9eeb4d7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>123,790</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,040</x:t>
-[...161 lines deleted...]
-          <x:t>126,755</x:t>
+          <x:t>109,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>