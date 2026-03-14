--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb94fb1de140a46d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19f91194d0f343fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb599cc0d9eeb4d7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2058e30f7d64c6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R428b54b4926b414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb599cc0d9eeb4d7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf795f63fbf5d40b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2058e30f7d64c6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on UBS Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V5A3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,965</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>