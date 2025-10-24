--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re787e1c2a03b4496" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b45dc7416d8451d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R495272e554204431"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e83f585a714dc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R277da13641c34767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R495272e554204431" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0e96ba6293a4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e83f585a714dc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,645</x:t>
-[...124 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,805</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,565</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>2,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,310</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>