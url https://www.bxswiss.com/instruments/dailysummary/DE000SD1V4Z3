--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b45dc7416d8451d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R869dbf3181a3474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e83f585a714dc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3a7051f7fc64806"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0e96ba6293a4c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e83f585a714dc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca5227d300dd44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3a7051f7fc64806" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>1,725</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,630</x:t>
-[...134 lines deleted...]
-          <x:t>1,800</x:t>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>