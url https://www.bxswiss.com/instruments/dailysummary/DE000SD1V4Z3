--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R869dbf3181a3474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14096b4a1984709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3a7051f7fc64806"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7495a822732140b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca5227d300dd44a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3a7051f7fc64806" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a3e3edc74044244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7495a822732140b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>1,410</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...11 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,535</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>1,555</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>1,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>