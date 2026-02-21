--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14096b4a1984709" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b64ae922c104049" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7495a822732140b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba6bb02284ac43a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a3e3edc74044244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7495a822732140b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75b70b48fcef4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba6bb02284ac43a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,515</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>1,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...360 lines deleted...]
-          <x:t>1,900</x:t>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>