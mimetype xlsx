--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b64ae922c104049" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cabfe7d177b4482" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba6bb02284ac43a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d806e5e903d47e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75b70b48fcef4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba6bb02284ac43a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cd599823d0e47d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d806e5e903d47e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4Z3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>2,145</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,460</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>1,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,270</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>