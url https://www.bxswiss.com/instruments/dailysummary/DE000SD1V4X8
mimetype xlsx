--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2ec1606c134da1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ee11c4e696545a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa2f47cfdd70495b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e479aad2d646e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e34f97e51fb4ea1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa2f47cfdd70495b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f65e0bc375e49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e479aad2d646e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,390</x:t>
-[...11 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>4,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...568 lines deleted...]
-          <x:t>4,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>