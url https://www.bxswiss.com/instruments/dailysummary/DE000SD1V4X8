--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ee11c4e696545a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b456c07fb6140aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2e479aad2d646e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9344fbac4444c91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f65e0bc375e49b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2e479aad2d646e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R646b168465224faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9344fbac4444c91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>3,320</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,190</x:t>
-[...134 lines deleted...]
-          <x:t>3,650</x:t>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,650</x:t>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,700</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>3,635</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,495</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>4,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>4,070</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>