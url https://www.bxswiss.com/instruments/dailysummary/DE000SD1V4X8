--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b456c07fb6140aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc816746a61e147f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9344fbac4444c91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7982da1025a64d0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R646b168465224faf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9344fbac4444c91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b1469cde4804de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7982da1025a64d0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...419 lines deleted...]
-          <x:t>5,480</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>5,710</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>