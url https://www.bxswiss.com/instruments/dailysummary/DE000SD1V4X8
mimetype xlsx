--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc816746a61e147f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28b677586e774895" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7982da1025a64d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56cbc38f98924c9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b1469cde4804de3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7982da1025a64d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70aec94452234a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56cbc38f98924c9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 8.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4X8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>