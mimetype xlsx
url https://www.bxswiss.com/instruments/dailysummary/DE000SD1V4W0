--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec44a67c6666448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e5a762d5928486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c7529e99d8340ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42c58af971354a36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3644a30bcae4485" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c7529e99d8340ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632eb5b8a5494170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42c58af971354a36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,473 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>12,215</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,210</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>