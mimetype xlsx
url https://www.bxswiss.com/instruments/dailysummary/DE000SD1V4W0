--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e5a762d5928486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171a6314a326483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42c58af971354a36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1fc018dcc24c59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R632eb5b8a5494170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42c58af971354a36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6e8fa52e0f4836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1fc018dcc24c59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,115</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>15,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>20,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,725</x:t>
-[...281 lines deleted...]
-          <x:t>18,125</x:t>
+          <x:t>19,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>18,020</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>