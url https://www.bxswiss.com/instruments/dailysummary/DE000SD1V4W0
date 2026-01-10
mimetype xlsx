--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R171a6314a326483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb47ba8084d407f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1fc018dcc24c59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c54dc2c1fd4cb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c6e8fa52e0f4836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1fc018dcc24c59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bb31ca30bb4b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c54dc2c1fd4cb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>15,920</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,610</x:t>
-[...173 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>18,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,525</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>