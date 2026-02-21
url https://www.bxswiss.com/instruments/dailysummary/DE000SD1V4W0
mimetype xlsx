--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcb47ba8084d407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2665d85d749d4c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84c54dc2c1fd4cb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3d59c40bcd14895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4bb31ca30bb4b5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84c54dc2c1fd4cb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe48ff42f8f440ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3d59c40bcd14895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>26,550</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>