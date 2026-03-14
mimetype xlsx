--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2665d85d749d4c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab098c48024e4b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3d59c40bcd14895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc26a9689a1a64a1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe48ff42f8f440ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3d59c40bcd14895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03f49d2b54f14ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc26a9689a1a64a1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4W0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>