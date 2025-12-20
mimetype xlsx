--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3a6b5545e9e42f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89edaf84436a42b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R753b9a53da284fba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0354be10b39458b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea4a9a0d3b164f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R753b9a53da284fba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2653496fc9f4433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0354be10b39458b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>36,280</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>35,430</x:t>
-[...141 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>30,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>36,705</x:t>
-[...441 lines deleted...]
-          <x:t>38,615</x:t>
+          <x:t>36,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>