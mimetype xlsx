--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89edaf84436a42b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60475bad8afc4ae4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0354be10b39458b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb81a239a19774dcc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2653496fc9f4433b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0354be10b39458b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb76e565a28a8491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb81a239a19774dcc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>35,925</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-          <x:t>09.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>41,275</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>41,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,685</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>41,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>