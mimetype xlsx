--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60475bad8afc4ae4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11971b469f5d4767" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb81a239a19774dcc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6840ee850d714c60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb76e565a28a8491b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb81a239a19774dcc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71fccf578d0c4d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6840ee850d714c60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Novartis</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4V2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>51,215</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>