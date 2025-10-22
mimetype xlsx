--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa0d2eea227e411c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1187f1fd16104e27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R642e48af7d7e4bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ea582914568473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa3a8164a79b4a98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R642e48af7d7e4bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667c6fb34c854fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ea582914568473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,599</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,606</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,603</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,570</x:t>
-[...539 lines deleted...]
-          <x:t>0,510</x:t>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>