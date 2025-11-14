--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1187f1fd16104e27" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c99189a87844bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ea582914568473f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R806579f34ae1449a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R667c6fb34c854fa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ea582914568473f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa8af2b942844a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R806579f34ae1449a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>0,530</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,512</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>0,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,554</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,566</x:t>
         </x:is>
       </x:c>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>