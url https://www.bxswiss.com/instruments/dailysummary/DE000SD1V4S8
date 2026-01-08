--- v2 (2025-11-14)
+++ v3 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c99189a87844bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bb12bb367d74a18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R806579f34ae1449a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2f582645a1c4964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fa8af2b942844a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R806579f34ae1449a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a9fa74ac932440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2f582645a1c4964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,606</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,577</x:t>
-[...11 lines deleted...]
-          <x:t>0,551</x:t>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,549</x:t>
-[...264 lines deleted...]
-          <x:t>0,760</x:t>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,680</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>0,627</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,619</x:t>
-[...16 lines deleted...]
-          <x:t>0,671</x:t>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,657</x:t>
-[...188 lines deleted...]
-          <x:t>0,782</x:t>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>