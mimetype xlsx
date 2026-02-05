--- v3 (2026-01-08)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bb12bb367d74a18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1240da286f954cb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2f582645a1c4964"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd437803285364fbe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a9fa74ac932440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2f582645a1c4964" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d1ad59d0b74852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd437803285364fbe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>