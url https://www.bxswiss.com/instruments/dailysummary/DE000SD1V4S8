--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1240da286f954cb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d98a2481a74612" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd437803285364fbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re43c3974cd2f4812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35d1ad59d0b74852" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd437803285364fbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99f7297b7520479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re43c3974cd2f4812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...139 lines deleted...]
-          <x:t>0,472</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,448</x:t>
-[...70 lines deleted...]
-          <x:t>0,502</x:t>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,491</x:t>
-[...382 lines deleted...]
-          <x:t>0,542</x:t>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>