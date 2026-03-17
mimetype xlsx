--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d98a2481a74612" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0eb9a79e168493f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re43c3974cd2f4812"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eaeb56322a94489"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99f7297b7520479e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re43c3974cd2f4812" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca5cc9d702f44064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eaeb56322a94489" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4S8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...203 lines deleted...]
-          <x:t>0,470</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,542</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,582</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,557</x:t>
-[...114 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>0,579</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,616</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,754</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>