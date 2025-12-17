--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54a3183a0b9b4fe5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877db2586afd48ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R953e0466d0b74b47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5010b587dd214e07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8ed3c2814a64f71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R953e0466d0b74b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5be1be7d2e44dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5010b587dd214e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4R0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>3,380</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,125</x:t>
-[...43 lines deleted...]
-          <x:t>3,555</x:t>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,525</x:t>
-[...517 lines deleted...]
-          <x:t>3,255</x:t>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>