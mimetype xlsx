--- v1 (2025-12-17)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R877db2586afd48ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe9177ecce643a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5010b587dd214e07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3430e51cc2ca46d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5be1be7d2e44dec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5010b587dd214e07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re737be19bcf149f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3430e51cc2ca46d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4R0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>4,030</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,105</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>21.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,465</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>3,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,375</x:t>
-[...178 lines deleted...]
-          <x:t>4,305</x:t>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,945</x:t>
-[...87 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,005</x:t>
-[...21 lines deleted...]
-          <x:t>3,800</x:t>
+          <x:t>3,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,635</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>3,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,635</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>3,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>3,835</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>