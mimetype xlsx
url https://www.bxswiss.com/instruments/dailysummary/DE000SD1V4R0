--- v2 (2026-01-09)
+++ v3 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffe9177ecce643a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22697b8da37a4027" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3430e51cc2ca46d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d32112e2bf547b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re737be19bcf149f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3430e51cc2ca46d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507b1382fe8c4d3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d32112e2bf547b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4R0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,443 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...257 lines deleted...]
-          <x:t>3,875</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...113 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,900</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,425</x:t>
         </x:is>
       </x:c>
@@ -629,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>