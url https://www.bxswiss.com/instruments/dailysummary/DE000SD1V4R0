--- v3 (2026-02-05)
+++ v4 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22697b8da37a4027" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46862a3c807843b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d32112e2bf547b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd175d3866ff4058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R507b1382fe8c4d3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d32112e2bf547b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc61314555c7417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd175d3866ff4058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4R0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,900</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,430</x:t>
-[...119 lines deleted...]
-          <x:t>3,250</x:t>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,135</x:t>
-[...463 lines deleted...]
-          <x:t>3,605</x:t>
+          <x:t>3,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>