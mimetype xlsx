--- v4 (2026-02-25)
+++ v5 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46862a3c807843b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf57c92291cd6456a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd175d3866ff4058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72d9520376494c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc61314555c7417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd175d3866ff4058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R345444f09f854414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72d9520376494c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 4.0 x Long on Nestle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4R0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>3,335</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,265</x:t>
+          <x:t>3,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>05.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,725</x:t>
-[...4 lines deleted...]
-          <x:t>3,495</x:t>
+          <x:t>3,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...246 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,355</x:t>
-[...90 lines deleted...]
-          <x:t>4,535</x:t>
+          <x:t>3,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>