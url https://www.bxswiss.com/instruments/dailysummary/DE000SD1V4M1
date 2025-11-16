--- v0 (2025-10-26)
+++ v1 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R270cde82fe324d0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660a30aea4074ecc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d68692c7af74f7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3447960df8049fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a6143c176f549cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d68692c7af74f7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf685fbf26d7e4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3447960df8049fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4M1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>0,764</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>