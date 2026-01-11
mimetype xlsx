--- v1 (2025-11-16)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R660a30aea4074ecc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf56f9a3a485c481c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3447960df8049fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a1466e8376485d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf685fbf26d7e4e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3447960df8049fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4436f99028764d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a1466e8376485d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4M1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,680</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,674</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,712</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>22.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,747</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...293 lines deleted...]
-          <x:t>0,782</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,756</x:t>
-[...166 lines deleted...]
-          <x:t>0,880</x:t>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>