--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf56f9a3a485c481c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbfa46476a494012" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29a1466e8376485d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda58f8d30601440a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4436f99028764d93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29a1466e8376485d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63252ec067b14cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda58f8d30601440a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4M1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,729</x:t>
-[...65 lines deleted...]
-          <x:t>0,748</x:t>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,748</x:t>
-[...200 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,803</x:t>
-[...58 lines deleted...]
-          <x:t>0,763</x:t>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,864</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,906</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>