--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbfa46476a494012" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6952aabbef04399" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda58f8d30601440a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R527152e77f2a461b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63252ec067b14cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda58f8d30601440a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68d9c8dfdc6b41ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R527152e77f2a461b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Geberit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V4M1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,606</x:t>
-[...151 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,573</x:t>
-[...441 lines deleted...]
-          <x:t>0,921</x:t>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>