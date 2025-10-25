--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7070275b06b542a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce5bc478d184f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033e777660ac4803"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcd179a95e70407b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b135decae9948df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033e777660ac4803" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb11a1089c7064168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcd179a95e70407b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,035</x:t>
-        </x:is>
-[...607 lines deleted...]
-          <x:t>19,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>