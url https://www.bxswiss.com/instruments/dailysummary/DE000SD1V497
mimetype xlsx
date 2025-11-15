--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce5bc478d184f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe549a897427416d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcd179a95e70407b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a03f024af843c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb11a1089c7064168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcd179a95e70407b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72472bd8cde7414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a03f024af843c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>17,685</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,270</x:t>
-[...377 lines deleted...]
-          <x:t>21,530</x:t>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,280</x:t>
-[...53 lines deleted...]
-          <x:t>19,035</x:t>
+          <x:t>20,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>