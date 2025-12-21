--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe549a897427416d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7fb6e8e48b4b21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a03f024af843c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8184c7220794c0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72472bd8cde7414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a03f024af843c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb0047a46764021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8184c7220794c0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...311 lines deleted...]
-          <x:t>16,770</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,810</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>17,205</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>