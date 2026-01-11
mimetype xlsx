--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd7fb6e8e48b4b21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe9363a36954abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8184c7220794c0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9e9507521a14ebe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fb0047a46764021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8184c7220794c0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb48f3cf98bea41a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9e9507521a14ebe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>16,810</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,380</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>16,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,300</x:t>
-        </x:is>
-[...484 lines deleted...]
-          <x:t>14,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>