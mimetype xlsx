--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe9363a36954abe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra761c8bbcede45a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9e9507521a14ebe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50913692cce6437f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb48f3cf98bea41a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9e9507521a14ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5631d780fe324124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50913692cce6437f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>17,300</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>