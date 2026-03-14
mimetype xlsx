--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra761c8bbcede45a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2570ba99f8f4eb0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50913692cce6437f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2c6ce6b722f4b1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5631d780fe324124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50913692cce6437f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a285a6b0da4842" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2c6ce6b722f4b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unlimited Factor Warrant 6.0 x Long on Swisscom</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000SD1V497</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>